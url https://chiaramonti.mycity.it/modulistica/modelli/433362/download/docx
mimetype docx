--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2157617884"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2157617884"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3430428245"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3430428245"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3430428245"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2157617884"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2157617884"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3430428245"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3430428245"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3430428245"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2157617884"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2157617884"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3430428245"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3430428245"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3430428245"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2157617884"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2157617884"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3430428245"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3430428245"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3430428245"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2157617884"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2157617884"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3430428245"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3430428245"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3430428245"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2157617884"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2157617884"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3430428245"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3430428245"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3430428245"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2157617884"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2157617884"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3430428245"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3430428245"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3430428245"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2157617884"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2157617884"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3430428245"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3430428245"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3430428245"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>