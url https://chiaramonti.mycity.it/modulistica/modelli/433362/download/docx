--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3430428245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3430428245"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2895072525"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2895072525"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2895072525"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3430428245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3430428245"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2895072525"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2895072525"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2895072525"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3430428245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3430428245"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2895072525"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2895072525"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2895072525"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3430428245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3430428245"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2895072525"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2895072525"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2895072525"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3430428245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3430428245"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2895072525"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2895072525"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2895072525"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3430428245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3430428245"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2895072525"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2895072525"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2895072525"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3430428245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3430428245"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2895072525"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2895072525"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2895072525"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3430428245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3430428245"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2895072525"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2895072525"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2895072525"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>