--- v2 (2025-11-15)
+++ v3 (2025-12-07)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2895072525"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2895072525"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3913377168"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3913377168"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3913377168"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2895072525"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2895072525"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3913377168"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3913377168"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3913377168"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2895072525"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2895072525"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3913377168"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3913377168"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3913377168"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2895072525"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2895072525"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3913377168"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3913377168"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3913377168"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2895072525"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2895072525"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3913377168"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3913377168"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3913377168"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2895072525"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2895072525"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3913377168"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3913377168"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3913377168"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2895072525"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2895072525"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3913377168"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3913377168"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3913377168"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2895072525"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2895072525"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3913377168"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3913377168"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3913377168"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>