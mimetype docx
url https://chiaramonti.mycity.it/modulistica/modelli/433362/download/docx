--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3913377168"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3913377168"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2800746276"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2800746276"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2800746276"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3913377168"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3913377168"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2800746276"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2800746276"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2800746276"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3913377168"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3913377168"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2800746276"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2800746276"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2800746276"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3913377168"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3913377168"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2800746276"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2800746276"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2800746276"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3913377168"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3913377168"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2800746276"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2800746276"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2800746276"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3913377168"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3913377168"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2800746276"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2800746276"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2800746276"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3913377168"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3913377168"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2800746276"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2800746276"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2800746276"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3913377168"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3913377168"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2800746276"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2800746276"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2800746276"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>