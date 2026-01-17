--- v4 (2025-12-28)
+++ v5 (2026-01-17)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2800746276"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2800746276"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3566647189"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3566647189"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3566647189"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2800746276"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2800746276"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3566647189"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3566647189"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3566647189"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2800746276"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2800746276"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3566647189"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3566647189"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3566647189"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2800746276"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2800746276"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3566647189"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3566647189"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3566647189"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2800746276"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2800746276"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3566647189"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3566647189"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3566647189"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2800746276"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2800746276"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3566647189"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3566647189"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3566647189"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2800746276"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2800746276"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3566647189"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3566647189"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3566647189"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2800746276"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2800746276"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3566647189"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3566647189"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3566647189"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>