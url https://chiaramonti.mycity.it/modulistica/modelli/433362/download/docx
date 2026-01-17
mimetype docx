--- v5 (2026-01-17)
+++ v6 (2026-01-17)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3566647189"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3566647189"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_106145076"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_106145076"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_106145076"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3566647189"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3566647189"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_106145076"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_106145076"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_106145076"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3566647189"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3566647189"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_106145076"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_106145076"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_106145076"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3566647189"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3566647189"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_106145076"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_106145076"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_106145076"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3566647189"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3566647189"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_106145076"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_106145076"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_106145076"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3566647189"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3566647189"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_106145076"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_106145076"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_106145076"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3566647189"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3566647189"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_106145076"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_106145076"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_106145076"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3566647189"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3566647189"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_106145076"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_106145076"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_106145076"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>