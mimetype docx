--- v6 (2026-01-17)
+++ v7 (2026-02-07)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_106145076"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_106145076"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2782717730"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2782717730"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2782717730"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_106145076"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_106145076"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2782717730"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2782717730"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2782717730"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_106145076"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_106145076"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2782717730"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2782717730"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2782717730"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_106145076"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_106145076"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2782717730"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2782717730"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2782717730"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_106145076"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_106145076"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2782717730"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2782717730"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2782717730"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_106145076"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_106145076"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2782717730"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2782717730"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2782717730"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_106145076"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_106145076"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2782717730"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2782717730"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2782717730"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_106145076"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_106145076"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2782717730"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2782717730"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2782717730"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>