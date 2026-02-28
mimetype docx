--- v7 (2026-02-07)
+++ v8 (2026-02-28)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2782717730"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2782717730"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_615354323"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_615354323"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_615354323"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2782717730"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2782717730"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_615354323"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_615354323"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_615354323"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2782717730"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2782717730"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_615354323"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_615354323"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_615354323"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2782717730"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2782717730"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_615354323"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_615354323"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_615354323"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2782717730"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2782717730"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_615354323"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_615354323"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_615354323"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2782717730"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2782717730"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_615354323"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_615354323"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_615354323"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2782717730"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2782717730"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_615354323"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_615354323"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_615354323"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2782717730"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2782717730"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_615354323"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_615354323"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_615354323"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>