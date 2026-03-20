--- v8 (2026-02-28)
+++ v9 (2026-03-20)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_615354323"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_615354323"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1778032697"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1778032697"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1778032697"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_615354323"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_615354323"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1778032697"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1778032697"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1778032697"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_615354323"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_615354323"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1778032697"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1778032697"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1778032697"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_615354323"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_615354323"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1778032697"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1778032697"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1778032697"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_615354323"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_615354323"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1778032697"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1778032697"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1778032697"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_615354323"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_615354323"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1778032697"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1778032697"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1778032697"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_615354323"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_615354323"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1778032697"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1778032697"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1778032697"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_615354323"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_615354323"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1778032697"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1778032697"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1778032697"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>